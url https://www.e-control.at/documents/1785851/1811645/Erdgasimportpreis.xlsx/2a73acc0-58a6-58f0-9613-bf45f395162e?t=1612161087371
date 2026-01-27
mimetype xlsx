--- v0 (2025-12-13)
+++ v1 (2026-01-27)
@@ -1,74 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Program Files\Mesap AnalystService\App_Data\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Volkswirtschaft\Datenerhebung\Berichte\Net\Files_2025\GasMonat\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{4335D740-3664-4A4A-B276-8A4918FAC991}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4E6A64A6-8E33-4000-9DE0-CEDCD91C40CB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2730" yWindow="2730" windowWidth="11520" windowHeight="8325" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="13920" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Importpreis" sheetId="53" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029" calcMode="manual"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
-    </ext>
-[...1 lines deleted...]
-      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8" uniqueCount="8">
   <si>
     <t>Einheit</t>
   </si>
   <si>
     <t>Importpreis</t>
   </si>
   <si>
     <t>Jahr</t>
   </si>
   <si>
     <t>Cent/kWh</t>
   </si>
   <si>
     <t>Monat</t>
   </si>
   <si>
     <t>Importpreisstatistik</t>
   </si>
@@ -1830,88 +1827,91 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="3" fontId="1" fillId="5" borderId="0" xfId="4" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="169" fontId="9" fillId="3" borderId="5" xfId="1512" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="7" borderId="2" xfId="1512" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="169" fontId="9" fillId="4" borderId="5" xfId="1512" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="5" borderId="2" xfId="1512" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="3" borderId="2" xfId="1512" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="4" borderId="2" xfId="1512" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="169" fontId="9" fillId="4" borderId="3" xfId="1512" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="4" borderId="4" xfId="1512" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="11" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="5" borderId="0" xfId="4" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="6" borderId="5" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="9" fillId="4" borderId="7" xfId="1512" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="9" fillId="4" borderId="6" xfId="1512" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1513">
     <cellStyle name="A4 Auto Format" xfId="8" xr:uid="{766AA5DF-1E18-4EEB-9AAE-01B238A99EB7}"/>
     <cellStyle name="A4 Auto Format 2" xfId="39" xr:uid="{B8EA1B33-55C6-41ED-8249-27C902145763}"/>
     <cellStyle name="A4 Auto Format 2 2" xfId="545" xr:uid="{E3758B47-1D54-4745-92A7-18A5B8F4B0D3}"/>
     <cellStyle name="A4 Auto Format 3" xfId="40" xr:uid="{AC434357-FAF3-4092-B26D-37EA4587F9AD}"/>
     <cellStyle name="A4 Auto Format 3 2" xfId="546" xr:uid="{CD311001-6644-4C51-B568-894658B2C365}"/>
     <cellStyle name="A4 Auto Format 4" xfId="36" xr:uid="{5E53D84D-B242-4367-A765-A201DD1866AE}"/>
@@ -1935,63 +1935,63 @@
     <cellStyle name="Euro 2" xfId="34" xr:uid="{D08746CC-7071-451B-8097-323FE9AD9F12}"/>
     <cellStyle name="Euro 2 2" xfId="544" xr:uid="{B0CE839E-DD67-4FB9-B5E4-6F75ED1E8E44}"/>
     <cellStyle name="Euro 2 3" xfId="532" xr:uid="{74DFCB2E-9988-401A-B2BF-63A013379C56}"/>
     <cellStyle name="Euro 3" xfId="35" xr:uid="{9CC437B5-658F-417B-88DD-8E8DAA47114C}"/>
     <cellStyle name="Euro 4" xfId="32" xr:uid="{C47F13A0-EF8F-4743-AB08-470CAB3A9D15}"/>
     <cellStyle name="Euro 5" xfId="1026" xr:uid="{8E771065-0191-4940-876F-A42C3280F0E1}"/>
     <cellStyle name="Hyperlink 2" xfId="46" xr:uid="{D31A4D7C-65BE-498B-9FFA-5F14EF15E7BA}"/>
     <cellStyle name="Hyperlink 3" xfId="47" xr:uid="{E103A8F7-9424-4E12-A2D0-07A669E35489}"/>
     <cellStyle name="Komma 2" xfId="11" xr:uid="{F5DD5A65-A201-4045-875A-40F034C361D0}"/>
     <cellStyle name="Komma 2 2" xfId="64" xr:uid="{DEC7799E-85A8-4FF8-BE34-1B1516B2B0C8}"/>
     <cellStyle name="Komma 2 2 2" xfId="1029" xr:uid="{D301F3D9-93F7-4304-9417-B4F7B5C8769C}"/>
     <cellStyle name="Komma 2 2 2 2" xfId="1059" xr:uid="{2B1A5B19-3218-4818-A13C-7E5BA8DED291}"/>
     <cellStyle name="Komma 2 2 3" xfId="1058" xr:uid="{D45F21AE-253C-4E93-BA8C-8FFEB56B850D}"/>
     <cellStyle name="Komma 2 2 4" xfId="1028" xr:uid="{6F29EB1E-A7C8-4177-8103-6AEE702362BD}"/>
     <cellStyle name="Komma 2 3" xfId="23" xr:uid="{EE384E9F-ACF8-460D-828D-849B49AC119C}"/>
     <cellStyle name="Komma 2 3 2" xfId="1060" xr:uid="{A2F5EAB7-28DB-4977-9417-CEB3B5F95340}"/>
     <cellStyle name="Komma 2 3 3" xfId="1030" xr:uid="{A4F3CEDA-B560-481F-A9F7-AE9FA61D84D6}"/>
     <cellStyle name="Komma 2 4" xfId="1031" xr:uid="{91052442-378D-4CA8-AD95-A2AF9D873626}"/>
     <cellStyle name="Komma 2 4 2" xfId="1061" xr:uid="{7DEBDF8E-A6F9-4A66-993A-E6D7DCCCCD8B}"/>
     <cellStyle name="Komma 2 5" xfId="1032" xr:uid="{957D37DB-5E37-4F59-B2A8-2749FA08323A}"/>
     <cellStyle name="Komma 2 5 2" xfId="1062" xr:uid="{794938B5-2816-487C-97A3-D6E8C4644AEC}"/>
     <cellStyle name="Komma 2 6" xfId="1033" xr:uid="{8B3E6C91-8366-4F46-BE41-5510A153C03A}"/>
     <cellStyle name="Komma 2 6 2" xfId="1063" xr:uid="{53FDC2CB-584D-4973-93AD-C406F037DF74}"/>
     <cellStyle name="Komma 2 7" xfId="1057" xr:uid="{B686190D-31D4-4752-AF2C-4B3B025E01F7}"/>
     <cellStyle name="Komma 2 8" xfId="1027" xr:uid="{5CF1328D-FB37-4042-9D9F-5211B55FA2E6}"/>
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Notiz 2" xfId="12" xr:uid="{C9349435-55AD-4C0A-A45B-24F8C5E3B389}"/>
     <cellStyle name="Notiz 2 2" xfId="24" xr:uid="{1D8F5367-D93B-401E-AF9A-D5BE69235251}"/>
     <cellStyle name="Notiz 2 2 2" xfId="1065" xr:uid="{FC5E39AD-5219-4D3A-BEEE-896913CA5CC3}"/>
     <cellStyle name="Notiz 2 3" xfId="1034" xr:uid="{8AEAB77E-17DD-4E11-B825-929853E7BA82}"/>
     <cellStyle name="Notiz 2 3 2" xfId="1066" xr:uid="{440D9657-9261-4A32-A397-ED858BE795B3}"/>
     <cellStyle name="Notiz 2 4" xfId="1035" xr:uid="{CDDFC990-E5E4-4962-953B-3F30E3930139}"/>
     <cellStyle name="Notiz 2 4 2" xfId="1067" xr:uid="{D9B11799-D94F-45A2-A18A-6F40036379C5}"/>
     <cellStyle name="Notiz 2 5" xfId="1036" xr:uid="{C8414C2C-6E87-4594-9437-95D6743200B7}"/>
     <cellStyle name="Notiz 2 5 2" xfId="1068" xr:uid="{0A94E4E1-FE44-4DFD-A6F3-47F70BF45809}"/>
     <cellStyle name="Notiz 2 6" xfId="1064" xr:uid="{10AECF78-FEE3-4E51-B128-D742C28728D7}"/>
     <cellStyle name="Prozent 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Prozent 2 2" xfId="551" xr:uid="{2B2EE0DA-5727-42C2-8076-3DFA9588422A}"/>
+    <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 10" xfId="1512" xr:uid="{0818605A-BC93-4519-AC74-BDD73EA781A7}"/>
     <cellStyle name="Standard 2" xfId="4" xr:uid="{D6E95ED6-D178-4FDC-8D50-8B9A61E6B685}"/>
     <cellStyle name="Standard 2 2" xfId="5" xr:uid="{13D3DD43-FB2E-4164-99B3-76332FFB5CAA}"/>
     <cellStyle name="Standard 2 2 2" xfId="48" xr:uid="{76C62318-AD37-4728-9C5D-40DFD9156735}"/>
     <cellStyle name="Standard 2 2 2 2" xfId="191" xr:uid="{6DF53ABB-AD39-48D8-85AB-FDB047DA5D56}"/>
     <cellStyle name="Standard 2 2 3" xfId="49" xr:uid="{E5D82B40-6944-4460-A03B-B16104DD5C6F}"/>
     <cellStyle name="Standard 2 2 4" xfId="552" xr:uid="{CBC573F1-2863-4813-A343-53588BFFFF34}"/>
     <cellStyle name="Standard 2 2 5" xfId="1037" xr:uid="{7E58DE10-77B7-4AEB-B488-425F070E76B5}"/>
     <cellStyle name="Standard 2 3" xfId="50" xr:uid="{862DFCDA-377A-4A63-94FB-9D34F071C08C}"/>
     <cellStyle name="Standard 2 3 2" xfId="51" xr:uid="{30D6C880-AFD0-419E-BC3F-CCF008F747E7}"/>
     <cellStyle name="Standard 2 3 3" xfId="553" xr:uid="{8455EA6F-F9C0-487B-852C-CEB93922DC73}"/>
     <cellStyle name="Standard 2 4" xfId="52" xr:uid="{EBD726DD-5F56-4B2F-9E38-4DF7BF414011}"/>
     <cellStyle name="Standard 2 5" xfId="33" xr:uid="{2EFD1EF4-6DE5-47AD-B016-D92228AC9B93}"/>
     <cellStyle name="Standard 2 6" xfId="540" xr:uid="{BFD8B819-3A2F-494D-A8C8-25AC317A6E70}"/>
     <cellStyle name="Standard 3" xfId="6" xr:uid="{A0543D4D-BA7C-4E40-989C-3507BB99FB21}"/>
     <cellStyle name="Standard 3 10" xfId="89" xr:uid="{23E84C2D-CEC6-46A6-8500-15103A6FD7F2}"/>
     <cellStyle name="Standard 3 10 2" xfId="157" xr:uid="{C5EB5B73-9E15-46F7-9330-308AC421A901}"/>
     <cellStyle name="Standard 3 10 2 2" xfId="622" xr:uid="{C3EBBEA6-3963-49B8-B904-BE77BB804AA2}"/>
     <cellStyle name="Standard 3 10 2 2 2" xfId="962" xr:uid="{B58C7E11-36FF-425B-8699-8B59AA9E2862}"/>
     <cellStyle name="Standard 3 10 2 3" xfId="498" xr:uid="{5531A130-E4DE-4776-A2EC-59C83B61C2D6}"/>
     <cellStyle name="Standard 3 10 2 3 2" xfId="1069" xr:uid="{C6D48646-3B63-429C-B277-5E547465A9FE}"/>
     <cellStyle name="Standard 3 10 2 4" xfId="855" xr:uid="{00C5C1FA-6DF2-4B14-BB35-C43BD27036E7}"/>
     <cellStyle name="Standard 3 10 2 4 2" xfId="1070" xr:uid="{98741595-C1D5-4E24-AA1F-68889DAA392E}"/>
     <cellStyle name="Standard 3 10 2 5" xfId="294" xr:uid="{3A25AFC2-B645-4B08-8C18-8E0476AEED9E}"/>
     <cellStyle name="Standard 3 10 3" xfId="430" xr:uid="{B93D9B0A-3195-46C9-A404-F6A41956C78A}"/>
@@ -3428,197 +3428,163 @@
   <colors>
     <mruColors>
       <color rgb="FFFCD5B4"/>
       <color rgb="FFFABF8F"/>
       <color rgb="FFFA8DB4"/>
       <color rgb="FFFDE9D9"/>
       <color rgb="FFFABB00"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -3752,646 +3718,646 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C4282335-4F7F-4992-A8E6-7287F7ECD899}">
-  <dimension ref="A1:C77"/>
+  <dimension ref="A1:C78"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <pane xSplit="1" ySplit="5" topLeftCell="B53" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="5" topLeftCell="B6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
       <selection pane="bottomRight" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="11.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A1" s="14" t="s">
         <v>5</v>
       </c>
       <c r="B1" s="14"/>
       <c r="C1" s="14"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="15"/>
       <c r="C2" s="15"/>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" s="16" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="16"/>
       <c r="B5" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A6" s="20">
+      <c r="A6" s="21">
         <v>2020</v>
       </c>
       <c r="B6" s="5">
         <v>43831</v>
       </c>
       <c r="C6" s="6">
         <v>1.369</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A7" s="20"/>
+      <c r="A7" s="21"/>
       <c r="B7" s="7">
         <v>43862</v>
       </c>
       <c r="C7" s="8">
         <v>1.18</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A8" s="20"/>
+      <c r="A8" s="21"/>
       <c r="B8" s="5">
         <v>43891</v>
       </c>
       <c r="C8" s="9">
         <v>1.079</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A9" s="20"/>
+      <c r="A9" s="21"/>
       <c r="B9" s="7">
         <v>43922</v>
       </c>
       <c r="C9" s="10">
         <v>0.96899999999999997</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A10" s="20"/>
+      <c r="A10" s="21"/>
       <c r="B10" s="5">
         <v>43952</v>
       </c>
       <c r="C10" s="9">
         <v>0.81200000000000006</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A11" s="20"/>
+      <c r="A11" s="21"/>
       <c r="B11" s="7">
         <v>43983</v>
       </c>
       <c r="C11" s="10">
         <v>0.78200000000000003</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A12" s="20"/>
+      <c r="A12" s="21"/>
       <c r="B12" s="5">
         <v>44013</v>
       </c>
       <c r="C12" s="9">
         <v>0.76800000000000002</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A13" s="20"/>
+      <c r="A13" s="21"/>
       <c r="B13" s="7">
         <v>44044</v>
       </c>
       <c r="C13" s="10">
         <v>0.85</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A14" s="20"/>
+      <c r="A14" s="21"/>
       <c r="B14" s="5">
         <v>44075</v>
       </c>
       <c r="C14" s="9">
         <v>1.085</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A15" s="20"/>
+      <c r="A15" s="21"/>
       <c r="B15" s="7">
         <v>44105</v>
       </c>
       <c r="C15" s="10">
         <v>1.1779999999999999</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A16" s="20"/>
+      <c r="A16" s="21"/>
       <c r="B16" s="5">
         <v>44136</v>
       </c>
       <c r="C16" s="9">
         <v>1.2929999999999999</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A17" s="21"/>
+      <c r="A17" s="22"/>
       <c r="B17" s="11">
         <v>44166</v>
       </c>
       <c r="C17" s="12">
         <v>1.3640000000000001</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A18" s="13">
+      <c r="A18" s="17">
         <v>2021</v>
       </c>
       <c r="B18" s="5">
         <v>44197</v>
       </c>
       <c r="C18" s="9">
         <v>1.47</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A19" s="13"/>
+      <c r="A19" s="17"/>
       <c r="B19" s="11">
         <v>44228</v>
       </c>
       <c r="C19" s="12">
         <v>1.613</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A20" s="13"/>
+      <c r="A20" s="17"/>
       <c r="B20" s="5">
         <v>44256</v>
       </c>
       <c r="C20" s="9">
         <v>1.4970000000000001</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A21" s="13"/>
+      <c r="A21" s="17"/>
       <c r="B21" s="11">
         <v>44287</v>
       </c>
       <c r="C21" s="12">
         <v>1.7070000000000001</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A22" s="13"/>
+      <c r="A22" s="17"/>
       <c r="B22" s="5">
         <v>44317</v>
       </c>
       <c r="C22" s="9">
         <v>1.9730000000000001</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A23" s="13"/>
+      <c r="A23" s="17"/>
       <c r="B23" s="11">
         <v>44348</v>
       </c>
       <c r="C23" s="12">
         <v>2.25</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A24" s="13"/>
+      <c r="A24" s="17"/>
       <c r="B24" s="5">
         <v>44378</v>
       </c>
       <c r="C24" s="9">
         <v>2.827</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A25" s="13"/>
+      <c r="A25" s="17"/>
       <c r="B25" s="11">
         <v>44409</v>
       </c>
       <c r="C25" s="12">
         <v>3.2450000000000001</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A26" s="13"/>
+      <c r="A26" s="17"/>
       <c r="B26" s="5">
         <v>44440</v>
       </c>
       <c r="C26" s="9">
         <v>3.8679999999999999</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A27" s="13"/>
+      <c r="A27" s="17"/>
       <c r="B27" s="11">
         <v>44470</v>
       </c>
       <c r="C27" s="12">
         <v>5.7889999999999997</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A28" s="13"/>
+      <c r="A28" s="17"/>
       <c r="B28" s="5">
         <v>44501</v>
       </c>
       <c r="C28" s="9">
         <v>6.8140000000000001</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A29" s="13"/>
+      <c r="A29" s="17"/>
       <c r="B29" s="11">
         <v>44531</v>
       </c>
       <c r="C29" s="12">
         <v>7.9889999999999999</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A30" s="17">
+      <c r="A30" s="18">
         <v>2022</v>
       </c>
       <c r="B30" s="5">
         <v>44562</v>
       </c>
       <c r="C30" s="9">
         <v>8.2129999999999992</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A31" s="18"/>
+      <c r="A31" s="19"/>
       <c r="B31" s="11">
         <v>44593</v>
       </c>
       <c r="C31" s="12">
         <v>6.8440000000000003</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A32" s="18"/>
+      <c r="A32" s="19"/>
       <c r="B32" s="5">
         <v>44621</v>
       </c>
       <c r="C32" s="9">
         <v>8.3840000000000003</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A33" s="18"/>
+      <c r="A33" s="19"/>
       <c r="B33" s="11">
         <v>44652</v>
       </c>
       <c r="C33" s="12">
         <v>10.021000000000001</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A34" s="18"/>
+      <c r="A34" s="19"/>
       <c r="B34" s="5">
         <v>44682</v>
       </c>
       <c r="C34" s="9">
         <v>8.7409999999999997</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A35" s="18"/>
+      <c r="A35" s="19"/>
       <c r="B35" s="11">
         <v>44713</v>
       </c>
       <c r="C35" s="12">
         <v>9.3610000000000007</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A36" s="18"/>
+      <c r="A36" s="19"/>
       <c r="B36" s="5">
         <v>44743</v>
       </c>
       <c r="C36" s="9">
         <v>14.53</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A37" s="18"/>
+      <c r="A37" s="19"/>
       <c r="B37" s="11">
         <v>44774</v>
       </c>
       <c r="C37" s="12">
         <v>23.722999999999999</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A38" s="18"/>
+      <c r="A38" s="19"/>
       <c r="B38" s="5">
         <v>44805</v>
       </c>
       <c r="C38" s="9">
         <v>17.670999999999999</v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A39" s="18"/>
+      <c r="A39" s="19"/>
       <c r="B39" s="11">
         <v>44835</v>
       </c>
       <c r="C39" s="12">
         <v>11.083</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A40" s="18"/>
+      <c r="A40" s="19"/>
       <c r="B40" s="5">
         <v>44866</v>
       </c>
       <c r="C40" s="9">
         <v>10.132999999999999</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A41" s="18"/>
+      <c r="A41" s="19"/>
       <c r="B41" s="11">
         <v>44896</v>
       </c>
       <c r="C41" s="12">
         <v>10.847</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A42" s="13">
+      <c r="A42" s="17">
         <v>2023</v>
       </c>
       <c r="B42" s="5">
         <v>44927</v>
       </c>
       <c r="C42" s="9">
         <v>8.5990000000000002</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A43" s="13"/>
+      <c r="A43" s="17"/>
       <c r="B43" s="11">
         <v>44958</v>
       </c>
       <c r="C43" s="12">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A44" s="13"/>
+      <c r="A44" s="17"/>
       <c r="B44" s="5">
         <v>44986</v>
       </c>
       <c r="C44" s="9">
         <v>5.1449999999999996</v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A45" s="13"/>
+      <c r="A45" s="17"/>
       <c r="B45" s="11">
         <v>45017</v>
       </c>
       <c r="C45" s="12">
         <v>4.5049999999999999</v>
       </c>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A46" s="13"/>
+      <c r="A46" s="17"/>
       <c r="B46" s="5">
         <v>45047</v>
       </c>
       <c r="C46" s="9">
         <v>3.7669999999999999</v>
       </c>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A47" s="13"/>
+      <c r="A47" s="17"/>
       <c r="B47" s="11">
         <v>45078</v>
       </c>
       <c r="C47" s="12">
         <v>3.3519999999999999</v>
       </c>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A48" s="13"/>
+      <c r="A48" s="17"/>
       <c r="B48" s="5">
         <v>45108</v>
       </c>
       <c r="C48" s="9">
         <v>3.319</v>
       </c>
     </row>
     <row r="49" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A49" s="13"/>
+      <c r="A49" s="17"/>
       <c r="B49" s="11">
         <v>45139</v>
       </c>
       <c r="C49" s="12">
         <v>3.2959999999999998</v>
       </c>
     </row>
     <row r="50" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A50" s="13"/>
+      <c r="A50" s="17"/>
       <c r="B50" s="5">
         <v>45170</v>
       </c>
       <c r="C50" s="9">
         <v>3.649</v>
       </c>
     </row>
     <row r="51" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A51" s="13"/>
+      <c r="A51" s="17"/>
       <c r="B51" s="11">
         <v>45200</v>
       </c>
       <c r="C51" s="12">
         <v>3.944</v>
       </c>
     </row>
     <row r="52" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A52" s="13"/>
+      <c r="A52" s="17"/>
       <c r="B52" s="5">
         <v>45231</v>
       </c>
       <c r="C52" s="9">
         <v>4.6230000000000002</v>
       </c>
     </row>
     <row r="53" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A53" s="19"/>
+      <c r="A53" s="20"/>
       <c r="B53" s="11">
         <v>45261</v>
       </c>
       <c r="C53" s="12">
         <v>4.4130000000000003</v>
       </c>
     </row>
     <row r="54" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A54" s="17">
+      <c r="A54" s="18">
         <v>2024</v>
       </c>
       <c r="B54" s="5">
         <v>45292</v>
       </c>
       <c r="C54" s="9">
         <v>3.6440000000000001</v>
       </c>
     </row>
     <row r="55" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A55" s="18"/>
+      <c r="A55" s="19"/>
       <c r="B55" s="11">
         <v>45323</v>
       </c>
       <c r="C55" s="12">
         <v>3.1280000000000001</v>
       </c>
     </row>
     <row r="56" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A56" s="18"/>
+      <c r="A56" s="19"/>
       <c r="B56" s="5">
         <v>45352</v>
       </c>
       <c r="C56" s="9">
         <v>2.9169999999999998</v>
       </c>
     </row>
     <row r="57" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A57" s="18"/>
+      <c r="A57" s="19"/>
       <c r="B57" s="11">
         <v>45383</v>
       </c>
       <c r="C57" s="12">
         <v>2.9470000000000001</v>
       </c>
     </row>
     <row r="58" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A58" s="18"/>
+      <c r="A58" s="19"/>
       <c r="B58" s="5">
         <v>45413</v>
       </c>
       <c r="C58" s="9">
         <v>3.109</v>
       </c>
     </row>
     <row r="59" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A59" s="18"/>
+      <c r="A59" s="19"/>
       <c r="B59" s="11">
         <v>45444</v>
       </c>
       <c r="C59" s="12">
         <v>3.4060000000000001</v>
       </c>
     </row>
     <row r="60" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A60" s="18"/>
+      <c r="A60" s="19"/>
       <c r="B60" s="5">
         <v>45474</v>
       </c>
       <c r="C60" s="9">
         <v>3.4460000000000002</v>
       </c>
     </row>
     <row r="61" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A61" s="18"/>
+      <c r="A61" s="19"/>
       <c r="B61" s="11">
         <v>45505</v>
       </c>
       <c r="C61" s="12">
         <v>3.5979999999999999</v>
       </c>
     </row>
     <row r="62" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A62" s="18"/>
+      <c r="A62" s="19"/>
       <c r="B62" s="5">
         <v>45536</v>
       </c>
       <c r="C62" s="9">
         <v>3.8290000000000002</v>
       </c>
     </row>
     <row r="63" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A63" s="18"/>
+      <c r="A63" s="19"/>
       <c r="B63" s="11">
         <v>45566</v>
       </c>
       <c r="C63" s="12">
         <v>3.8420000000000001</v>
       </c>
     </row>
     <row r="64" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A64" s="18"/>
+      <c r="A64" s="19"/>
       <c r="B64" s="5">
         <v>45597</v>
       </c>
       <c r="C64" s="9">
         <v>4.3860000000000001</v>
       </c>
     </row>
     <row r="65" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A65" s="18"/>
+      <c r="A65" s="19"/>
       <c r="B65" s="11">
         <v>45627</v>
       </c>
       <c r="C65" s="12">
         <v>4.6120000000000001</v>
       </c>
     </row>
     <row r="66" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A66" s="13">
         <v>2025</v>
       </c>
       <c r="B66" s="5">
         <v>45658</v>
       </c>
       <c r="C66" s="9">
         <v>4.8620000000000001</v>
       </c>
     </row>
     <row r="67" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A67" s="13"/>
       <c r="B67" s="11">
         <v>45689</v>
       </c>
       <c r="C67" s="12">
         <v>5.17</v>
@@ -4447,82 +4413,91 @@
       <c r="B73" s="11">
         <v>45870</v>
       </c>
       <c r="C73" s="12">
         <v>3.5230000000000001</v>
       </c>
     </row>
     <row r="74" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A74" s="13"/>
       <c r="B74" s="5">
         <v>45901</v>
       </c>
       <c r="C74" s="9">
         <v>3.464</v>
       </c>
     </row>
     <row r="75" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A75" s="13"/>
       <c r="B75" s="11">
         <v>45931</v>
       </c>
       <c r="C75" s="12">
         <v>3.4369999999999998</v>
       </c>
     </row>
-    <row r="77" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="C77" s="2" t="s">
+    <row r="76" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A76" s="13"/>
+      <c r="B76" s="5">
+        <v>45962</v>
+      </c>
+      <c r="C76" s="9">
+        <v>3.4089999999999998</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="C78" s="2" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
-    <mergeCell ref="A66:A75"/>
+    <mergeCell ref="A66:A76"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A18:A29"/>
     <mergeCell ref="A54:A65"/>
     <mergeCell ref="A42:A53"/>
     <mergeCell ref="A30:A41"/>
     <mergeCell ref="A6:A17"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Worksheets</vt:lpstr>
+        <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Importpreis</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>e-control</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Steiner Esther</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>