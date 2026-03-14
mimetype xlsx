--- v1 (2026-01-27)
+++ v2 (2026-03-14)
@@ -1,101 +1,104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Volkswirtschaft\Datenerhebung\Berichte\Net\Files_2025\GasMonat\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Program Files\Mesap AnalystService\App_Data\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4E6A64A6-8E33-4000-9DE0-CEDCD91C40CB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0A1D9843-EDBB-4A91-867B-B9D9032B689B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="13920" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2730" yWindow="2730" windowWidth="11520" windowHeight="8325" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Importpreis" sheetId="53" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029" calcMode="manual"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8" uniqueCount="8">
   <si>
     <t>Einheit</t>
   </si>
   <si>
     <t>Importpreis</t>
   </si>
   <si>
     <t>Jahr</t>
   </si>
   <si>
     <t>Cent/kWh</t>
   </si>
   <si>
     <t>Monat</t>
   </si>
   <si>
     <t>Importpreisstatistik</t>
   </si>
   <si>
     <t>Quelle: E-Control</t>
   </si>
   <si>
-    <t>(Datenstand: Dezember 2025)</t>
+    <t>(Datenstand: März 2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="#,##0.000"/>
     <numFmt numFmtId="166" formatCode="_-* #,##0.00\ [$€-1]_-;\-* #,##0.00\ [$€-1]_-;_-* &quot;-&quot;??\ [$€-1]_-"/>
     <numFmt numFmtId="167" formatCode="_-[$€]\ * #,##0.00_-;\-[$€]\ * #,##0.00_-;_-[$€]\ * &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="168" formatCode="#,##0,_)"/>
     <numFmt numFmtId="169" formatCode="mmmm"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -1855,63 +1858,63 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="169" fontId="9" fillId="3" borderId="5" xfId="1512" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="7" borderId="2" xfId="1512" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="169" fontId="9" fillId="4" borderId="5" xfId="1512" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="5" borderId="2" xfId="1512" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="3" borderId="2" xfId="1512" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="9" fillId="4" borderId="2" xfId="1512" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="169" fontId="9" fillId="4" borderId="3" xfId="1512" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="165" fontId="9" fillId="4" borderId="4" xfId="1512" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="11" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="9" fillId="4" borderId="7" xfId="1512" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="5" borderId="0" xfId="4" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="1" fillId="6" borderId="5" xfId="4" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="9" fillId="4" borderId="7" xfId="1512" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="9" fillId="4" borderId="6" xfId="1512" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1513">
     <cellStyle name="A4 Auto Format" xfId="8" xr:uid="{766AA5DF-1E18-4EEB-9AAE-01B238A99EB7}"/>
     <cellStyle name="A4 Auto Format 2" xfId="39" xr:uid="{B8EA1B33-55C6-41ED-8249-27C902145763}"/>
     <cellStyle name="A4 Auto Format 2 2" xfId="545" xr:uid="{E3758B47-1D54-4745-92A7-18A5B8F4B0D3}"/>
     <cellStyle name="A4 Auto Format 3" xfId="40" xr:uid="{AC434357-FAF3-4092-B26D-37EA4587F9AD}"/>
     <cellStyle name="A4 Auto Format 3 2" xfId="546" xr:uid="{CD311001-6644-4C51-B568-894658B2C365}"/>
     <cellStyle name="A4 Auto Format 4" xfId="36" xr:uid="{5E53D84D-B242-4367-A765-A201DD1866AE}"/>
@@ -1935,63 +1938,63 @@
     <cellStyle name="Euro 2" xfId="34" xr:uid="{D08746CC-7071-451B-8097-323FE9AD9F12}"/>
     <cellStyle name="Euro 2 2" xfId="544" xr:uid="{B0CE839E-DD67-4FB9-B5E4-6F75ED1E8E44}"/>
     <cellStyle name="Euro 2 3" xfId="532" xr:uid="{74DFCB2E-9988-401A-B2BF-63A013379C56}"/>
     <cellStyle name="Euro 3" xfId="35" xr:uid="{9CC437B5-658F-417B-88DD-8E8DAA47114C}"/>
     <cellStyle name="Euro 4" xfId="32" xr:uid="{C47F13A0-EF8F-4743-AB08-470CAB3A9D15}"/>
     <cellStyle name="Euro 5" xfId="1026" xr:uid="{8E771065-0191-4940-876F-A42C3280F0E1}"/>
     <cellStyle name="Hyperlink 2" xfId="46" xr:uid="{D31A4D7C-65BE-498B-9FFA-5F14EF15E7BA}"/>
     <cellStyle name="Hyperlink 3" xfId="47" xr:uid="{E103A8F7-9424-4E12-A2D0-07A669E35489}"/>
     <cellStyle name="Komma 2" xfId="11" xr:uid="{F5DD5A65-A201-4045-875A-40F034C361D0}"/>
     <cellStyle name="Komma 2 2" xfId="64" xr:uid="{DEC7799E-85A8-4FF8-BE34-1B1516B2B0C8}"/>
     <cellStyle name="Komma 2 2 2" xfId="1029" xr:uid="{D301F3D9-93F7-4304-9417-B4F7B5C8769C}"/>
     <cellStyle name="Komma 2 2 2 2" xfId="1059" xr:uid="{2B1A5B19-3218-4818-A13C-7E5BA8DED291}"/>
     <cellStyle name="Komma 2 2 3" xfId="1058" xr:uid="{D45F21AE-253C-4E93-BA8C-8FFEB56B850D}"/>
     <cellStyle name="Komma 2 2 4" xfId="1028" xr:uid="{6F29EB1E-A7C8-4177-8103-6AEE702362BD}"/>
     <cellStyle name="Komma 2 3" xfId="23" xr:uid="{EE384E9F-ACF8-460D-828D-849B49AC119C}"/>
     <cellStyle name="Komma 2 3 2" xfId="1060" xr:uid="{A2F5EAB7-28DB-4977-9417-CEB3B5F95340}"/>
     <cellStyle name="Komma 2 3 3" xfId="1030" xr:uid="{A4F3CEDA-B560-481F-A9F7-AE9FA61D84D6}"/>
     <cellStyle name="Komma 2 4" xfId="1031" xr:uid="{91052442-378D-4CA8-AD95-A2AF9D873626}"/>
     <cellStyle name="Komma 2 4 2" xfId="1061" xr:uid="{7DEBDF8E-A6F9-4A66-993A-E6D7DCCCCD8B}"/>
     <cellStyle name="Komma 2 5" xfId="1032" xr:uid="{957D37DB-5E37-4F59-B2A8-2749FA08323A}"/>
     <cellStyle name="Komma 2 5 2" xfId="1062" xr:uid="{794938B5-2816-487C-97A3-D6E8C4644AEC}"/>
     <cellStyle name="Komma 2 6" xfId="1033" xr:uid="{8B3E6C91-8366-4F46-BE41-5510A153C03A}"/>
     <cellStyle name="Komma 2 6 2" xfId="1063" xr:uid="{53FDC2CB-584D-4973-93AD-C406F037DF74}"/>
     <cellStyle name="Komma 2 7" xfId="1057" xr:uid="{B686190D-31D4-4752-AF2C-4B3B025E01F7}"/>
     <cellStyle name="Komma 2 8" xfId="1027" xr:uid="{5CF1328D-FB37-4042-9D9F-5211B55FA2E6}"/>
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Notiz 2" xfId="12" xr:uid="{C9349435-55AD-4C0A-A45B-24F8C5E3B389}"/>
     <cellStyle name="Notiz 2 2" xfId="24" xr:uid="{1D8F5367-D93B-401E-AF9A-D5BE69235251}"/>
     <cellStyle name="Notiz 2 2 2" xfId="1065" xr:uid="{FC5E39AD-5219-4D3A-BEEE-896913CA5CC3}"/>
     <cellStyle name="Notiz 2 3" xfId="1034" xr:uid="{8AEAB77E-17DD-4E11-B825-929853E7BA82}"/>
     <cellStyle name="Notiz 2 3 2" xfId="1066" xr:uid="{440D9657-9261-4A32-A397-ED858BE795B3}"/>
     <cellStyle name="Notiz 2 4" xfId="1035" xr:uid="{CDDFC990-E5E4-4962-953B-3F30E3930139}"/>
     <cellStyle name="Notiz 2 4 2" xfId="1067" xr:uid="{D9B11799-D94F-45A2-A18A-6F40036379C5}"/>
     <cellStyle name="Notiz 2 5" xfId="1036" xr:uid="{C8414C2C-6E87-4594-9437-95D6743200B7}"/>
     <cellStyle name="Notiz 2 5 2" xfId="1068" xr:uid="{0A94E4E1-FE44-4DFD-A6F3-47F70BF45809}"/>
     <cellStyle name="Notiz 2 6" xfId="1064" xr:uid="{10AECF78-FEE3-4E51-B128-D742C28728D7}"/>
     <cellStyle name="Prozent 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Prozent 2 2" xfId="551" xr:uid="{2B2EE0DA-5727-42C2-8076-3DFA9588422A}"/>
-    <cellStyle name="Standard" xfId="0" builtinId="0"/>
     <cellStyle name="Standard 10" xfId="1512" xr:uid="{0818605A-BC93-4519-AC74-BDD73EA781A7}"/>
     <cellStyle name="Standard 2" xfId="4" xr:uid="{D6E95ED6-D178-4FDC-8D50-8B9A61E6B685}"/>
     <cellStyle name="Standard 2 2" xfId="5" xr:uid="{13D3DD43-FB2E-4164-99B3-76332FFB5CAA}"/>
     <cellStyle name="Standard 2 2 2" xfId="48" xr:uid="{76C62318-AD37-4728-9C5D-40DFD9156735}"/>
     <cellStyle name="Standard 2 2 2 2" xfId="191" xr:uid="{6DF53ABB-AD39-48D8-85AB-FDB047DA5D56}"/>
     <cellStyle name="Standard 2 2 3" xfId="49" xr:uid="{E5D82B40-6944-4460-A03B-B16104DD5C6F}"/>
     <cellStyle name="Standard 2 2 4" xfId="552" xr:uid="{CBC573F1-2863-4813-A343-53588BFFFF34}"/>
     <cellStyle name="Standard 2 2 5" xfId="1037" xr:uid="{7E58DE10-77B7-4AEB-B488-425F070E76B5}"/>
     <cellStyle name="Standard 2 3" xfId="50" xr:uid="{862DFCDA-377A-4A63-94FB-9D34F071C08C}"/>
     <cellStyle name="Standard 2 3 2" xfId="51" xr:uid="{30D6C880-AFD0-419E-BC3F-CCF008F747E7}"/>
     <cellStyle name="Standard 2 3 3" xfId="553" xr:uid="{8455EA6F-F9C0-487B-852C-CEB93922DC73}"/>
     <cellStyle name="Standard 2 4" xfId="52" xr:uid="{EBD726DD-5F56-4B2F-9E38-4DF7BF414011}"/>
     <cellStyle name="Standard 2 5" xfId="33" xr:uid="{2EFD1EF4-6DE5-47AD-B016-D92228AC9B93}"/>
     <cellStyle name="Standard 2 6" xfId="540" xr:uid="{BFD8B819-3A2F-494D-A8C8-25AC317A6E70}"/>
     <cellStyle name="Standard 3" xfId="6" xr:uid="{A0543D4D-BA7C-4E40-989C-3507BB99FB21}"/>
     <cellStyle name="Standard 3 10" xfId="89" xr:uid="{23E84C2D-CEC6-46A6-8500-15103A6FD7F2}"/>
     <cellStyle name="Standard 3 10 2" xfId="157" xr:uid="{C5EB5B73-9E15-46F7-9330-308AC421A901}"/>
     <cellStyle name="Standard 3 10 2 2" xfId="622" xr:uid="{C3EBBEA6-3963-49B8-B904-BE77BB804AA2}"/>
     <cellStyle name="Standard 3 10 2 2 2" xfId="962" xr:uid="{B58C7E11-36FF-425B-8699-8B59AA9E2862}"/>
     <cellStyle name="Standard 3 10 2 3" xfId="498" xr:uid="{5531A130-E4DE-4776-A2EC-59C83B61C2D6}"/>
     <cellStyle name="Standard 3 10 2 3 2" xfId="1069" xr:uid="{C6D48646-3B63-429C-B277-5E547465A9FE}"/>
     <cellStyle name="Standard 3 10 2 4" xfId="855" xr:uid="{00C5C1FA-6DF2-4B14-BB35-C43BD27036E7}"/>
     <cellStyle name="Standard 3 10 2 4 2" xfId="1070" xr:uid="{98741595-C1D5-4E24-AA1F-68889DAA392E}"/>
     <cellStyle name="Standard 3 10 2 5" xfId="294" xr:uid="{3A25AFC2-B645-4B08-8C18-8E0476AEED9E}"/>
     <cellStyle name="Standard 3 10 3" xfId="430" xr:uid="{B93D9B0A-3195-46C9-A404-F6A41956C78A}"/>
@@ -3428,163 +3431,197 @@
   <colors>
     <mruColors>
       <color rgb="FFFCD5B4"/>
       <color rgb="FFFABF8F"/>
       <color rgb="FFFA8DB4"/>
       <color rgb="FFFDE9D9"/>
       <color rgb="FFFABB00"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -3718,96 +3755,96 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C4282335-4F7F-4992-A8E6-7287F7ECD899}">
-  <dimension ref="A1:C78"/>
+  <dimension ref="A1:C80"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <pane xSplit="1" ySplit="5" topLeftCell="B6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
       <selection pane="bottomRight" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="11.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A1" s="14" t="s">
+      <c r="A1" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="B1" s="14"/>
-      <c r="C1" s="14"/>
+      <c r="B1" s="15"/>
+      <c r="C1" s="15"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A2" s="15" t="s">
+      <c r="A2" s="16" t="s">
         <v>7</v>
       </c>
-      <c r="B2" s="15"/>
-      <c r="C2" s="15"/>
+      <c r="B2" s="16"/>
+      <c r="C2" s="16"/>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A4" s="16" t="s">
+      <c r="A4" s="17" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A5" s="16"/>
+      <c r="A5" s="17"/>
       <c r="B5" s="3" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="21">
         <v>2020</v>
       </c>
       <c r="B6" s="5">
         <v>43831</v>
       </c>
       <c r="C6" s="6">
         <v>1.369</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="21"/>
       <c r="B7" s="7">
         <v>43862</v>
       </c>
       <c r="C7" s="8">
         <v>1.18</v>
@@ -3882,152 +3919,152 @@
         <v>44105</v>
       </c>
       <c r="C15" s="10">
         <v>1.1779999999999999</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="21"/>
       <c r="B16" s="5">
         <v>44136</v>
       </c>
       <c r="C16" s="9">
         <v>1.2929999999999999</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="22"/>
       <c r="B17" s="11">
         <v>44166</v>
       </c>
       <c r="C17" s="12">
         <v>1.3640000000000001</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A18" s="17">
+      <c r="A18" s="14">
         <v>2021</v>
       </c>
       <c r="B18" s="5">
         <v>44197</v>
       </c>
       <c r="C18" s="9">
         <v>1.47</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A19" s="17"/>
+      <c r="A19" s="14"/>
       <c r="B19" s="11">
         <v>44228</v>
       </c>
       <c r="C19" s="12">
         <v>1.613</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A20" s="17"/>
+      <c r="A20" s="14"/>
       <c r="B20" s="5">
         <v>44256</v>
       </c>
       <c r="C20" s="9">
         <v>1.4970000000000001</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A21" s="17"/>
+      <c r="A21" s="14"/>
       <c r="B21" s="11">
         <v>44287</v>
       </c>
       <c r="C21" s="12">
         <v>1.7070000000000001</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A22" s="17"/>
+      <c r="A22" s="14"/>
       <c r="B22" s="5">
         <v>44317</v>
       </c>
       <c r="C22" s="9">
         <v>1.9730000000000001</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A23" s="17"/>
+      <c r="A23" s="14"/>
       <c r="B23" s="11">
         <v>44348</v>
       </c>
       <c r="C23" s="12">
         <v>2.25</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A24" s="17"/>
+      <c r="A24" s="14"/>
       <c r="B24" s="5">
         <v>44378</v>
       </c>
       <c r="C24" s="9">
         <v>2.827</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A25" s="17"/>
+      <c r="A25" s="14"/>
       <c r="B25" s="11">
         <v>44409</v>
       </c>
       <c r="C25" s="12">
         <v>3.2450000000000001</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A26" s="17"/>
+      <c r="A26" s="14"/>
       <c r="B26" s="5">
         <v>44440</v>
       </c>
       <c r="C26" s="9">
         <v>3.8679999999999999</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A27" s="17"/>
+      <c r="A27" s="14"/>
       <c r="B27" s="11">
         <v>44470</v>
       </c>
       <c r="C27" s="12">
         <v>5.7889999999999997</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A28" s="17"/>
+      <c r="A28" s="14"/>
       <c r="B28" s="5">
         <v>44501</v>
       </c>
       <c r="C28" s="9">
         <v>6.8140000000000001</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A29" s="17"/>
+      <c r="A29" s="14"/>
       <c r="B29" s="11">
         <v>44531</v>
       </c>
       <c r="C29" s="12">
         <v>7.9889999999999999</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A30" s="18">
         <v>2022</v>
       </c>
       <c r="B30" s="5">
         <v>44562</v>
       </c>
       <c r="C30" s="9">
         <v>8.2129999999999992</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A31" s="19"/>
       <c r="B31" s="11">
         <v>44593</v>
       </c>
       <c r="C31" s="12">
         <v>6.8440000000000003</v>
@@ -4102,143 +4139,143 @@
         <v>44835</v>
       </c>
       <c r="C39" s="12">
         <v>11.083</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A40" s="19"/>
       <c r="B40" s="5">
         <v>44866</v>
       </c>
       <c r="C40" s="9">
         <v>10.132999999999999</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A41" s="19"/>
       <c r="B41" s="11">
         <v>44896</v>
       </c>
       <c r="C41" s="12">
         <v>10.847</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A42" s="17">
+      <c r="A42" s="14">
         <v>2023</v>
       </c>
       <c r="B42" s="5">
         <v>44927</v>
       </c>
       <c r="C42" s="9">
         <v>8.5990000000000002</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A43" s="17"/>
+      <c r="A43" s="14"/>
       <c r="B43" s="11">
         <v>44958</v>
       </c>
       <c r="C43" s="12">
         <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A44" s="17"/>
+      <c r="A44" s="14"/>
       <c r="B44" s="5">
         <v>44986</v>
       </c>
       <c r="C44" s="9">
         <v>5.1449999999999996</v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A45" s="17"/>
+      <c r="A45" s="14"/>
       <c r="B45" s="11">
         <v>45017</v>
       </c>
       <c r="C45" s="12">
         <v>4.5049999999999999</v>
       </c>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A46" s="17"/>
+      <c r="A46" s="14"/>
       <c r="B46" s="5">
         <v>45047</v>
       </c>
       <c r="C46" s="9">
         <v>3.7669999999999999</v>
       </c>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A47" s="17"/>
+      <c r="A47" s="14"/>
       <c r="B47" s="11">
         <v>45078</v>
       </c>
       <c r="C47" s="12">
         <v>3.3519999999999999</v>
       </c>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A48" s="17"/>
+      <c r="A48" s="14"/>
       <c r="B48" s="5">
         <v>45108</v>
       </c>
       <c r="C48" s="9">
         <v>3.319</v>
       </c>
     </row>
     <row r="49" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A49" s="17"/>
+      <c r="A49" s="14"/>
       <c r="B49" s="11">
         <v>45139</v>
       </c>
       <c r="C49" s="12">
         <v>3.2959999999999998</v>
       </c>
     </row>
     <row r="50" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A50" s="17"/>
+      <c r="A50" s="14"/>
       <c r="B50" s="5">
         <v>45170</v>
       </c>
       <c r="C50" s="9">
         <v>3.649</v>
       </c>
     </row>
     <row r="51" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A51" s="17"/>
+      <c r="A51" s="14"/>
       <c r="B51" s="11">
         <v>45200</v>
       </c>
       <c r="C51" s="12">
         <v>3.944</v>
       </c>
     </row>
     <row r="52" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A52" s="17"/>
+      <c r="A52" s="14"/>
       <c r="B52" s="5">
         <v>45231</v>
       </c>
       <c r="C52" s="9">
         <v>4.6230000000000002</v>
       </c>
     </row>
     <row r="53" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A53" s="20"/>
       <c r="B53" s="11">
         <v>45261</v>
       </c>
       <c r="C53" s="12">
         <v>4.4130000000000003</v>
       </c>
     </row>
     <row r="54" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A54" s="18">
         <v>2024</v>
       </c>
       <c r="B54" s="5">
         <v>45292</v>
       </c>
       <c r="C54" s="9">
         <v>3.6440000000000001</v>
@@ -4322,182 +4359,202 @@
         <v>45566</v>
       </c>
       <c r="C63" s="12">
         <v>3.8420000000000001</v>
       </c>
     </row>
     <row r="64" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A64" s="19"/>
       <c r="B64" s="5">
         <v>45597</v>
       </c>
       <c r="C64" s="9">
         <v>4.3860000000000001</v>
       </c>
     </row>
     <row r="65" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A65" s="19"/>
       <c r="B65" s="11">
         <v>45627</v>
       </c>
       <c r="C65" s="12">
         <v>4.6120000000000001</v>
       </c>
     </row>
     <row r="66" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A66" s="13">
+      <c r="A66" s="14">
         <v>2025</v>
       </c>
       <c r="B66" s="5">
         <v>45658</v>
       </c>
       <c r="C66" s="9">
         <v>4.8620000000000001</v>
       </c>
     </row>
     <row r="67" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A67" s="13"/>
+      <c r="A67" s="14"/>
       <c r="B67" s="11">
         <v>45689</v>
       </c>
       <c r="C67" s="12">
-        <v>5.17</v>
+        <v>5.1710000000000003</v>
       </c>
     </row>
     <row r="68" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A68" s="13"/>
+      <c r="A68" s="14"/>
       <c r="B68" s="5">
         <v>45717</v>
       </c>
       <c r="C68" s="9">
         <v>4.4119999999999999</v>
       </c>
     </row>
     <row r="69" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A69" s="13"/>
+      <c r="A69" s="14"/>
       <c r="B69" s="11">
         <v>45748</v>
       </c>
       <c r="C69" s="12">
         <v>3.8319999999999999</v>
       </c>
     </row>
     <row r="70" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A70" s="13"/>
+      <c r="A70" s="14"/>
       <c r="B70" s="5">
         <v>45778</v>
       </c>
       <c r="C70" s="9">
         <v>3.742</v>
       </c>
     </row>
     <row r="71" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A71" s="13"/>
+      <c r="A71" s="14"/>
       <c r="B71" s="11">
         <v>45809</v>
       </c>
       <c r="C71" s="12">
         <v>3.9180000000000001</v>
       </c>
     </row>
     <row r="72" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A72" s="13"/>
+      <c r="A72" s="14"/>
       <c r="B72" s="5">
         <v>45839</v>
       </c>
       <c r="C72" s="9">
         <v>3.665</v>
       </c>
     </row>
     <row r="73" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A73" s="13"/>
+      <c r="A73" s="14"/>
       <c r="B73" s="11">
         <v>45870</v>
       </c>
       <c r="C73" s="12">
         <v>3.5230000000000001</v>
       </c>
     </row>
     <row r="74" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A74" s="13"/>
+      <c r="A74" s="14"/>
       <c r="B74" s="5">
         <v>45901</v>
       </c>
       <c r="C74" s="9">
         <v>3.464</v>
       </c>
     </row>
     <row r="75" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A75" s="13"/>
+      <c r="A75" s="14"/>
       <c r="B75" s="11">
         <v>45931</v>
       </c>
       <c r="C75" s="12">
-        <v>3.4369999999999998</v>
+        <v>3.4350000000000001</v>
       </c>
     </row>
     <row r="76" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A76" s="13"/>
+      <c r="A76" s="14"/>
       <c r="B76" s="5">
         <v>45962</v>
       </c>
       <c r="C76" s="9">
-        <v>3.4089999999999998</v>
+        <v>3.4060000000000001</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A77" s="14"/>
+      <c r="B77" s="11">
+        <v>45992</v>
+      </c>
+      <c r="C77" s="12">
+        <v>3.1150000000000002</v>
       </c>
     </row>
     <row r="78" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="C78" s="2" t="s">
+      <c r="A78" s="13">
+        <v>2026</v>
+      </c>
+      <c r="B78" s="5">
+        <v>46023</v>
+      </c>
+      <c r="C78" s="9">
+        <v>3.5190000000000001</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="C80" s="2" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
-    <mergeCell ref="A66:A76"/>
+    <mergeCell ref="A66:A77"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A18:A29"/>
     <mergeCell ref="A54:A65"/>
     <mergeCell ref="A42:A53"/>
     <mergeCell ref="A30:A41"/>
     <mergeCell ref="A6:A17"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Arbeitsblätter</vt:lpstr>
+        <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Importpreis</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>e-control</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Steiner Esther</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>